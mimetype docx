--- v0 (2025-10-20)
+++ v1 (2026-03-19)
@@ -69,690 +69,575 @@
       </w:pPr>
       <w:r w:rsidRPr="00D34DE7">
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Workshop title</w:t>
       </w:r>
       <w:r w:rsidR="00D34DE7">
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6669993F" w14:textId="77777777" w:rsidR="00D34DE7" w:rsidRPr="00D34DE7" w:rsidRDefault="00D34DE7" w:rsidP="005673CF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3921B912" w14:textId="41C78DC7" w:rsidR="00BE1482" w:rsidRDefault="005673CF" w:rsidP="005673CF">
-[...19 lines deleted...]
-          <w:bCs/>
+    <w:p w14:paraId="3921B912" w14:textId="41C78DC7" w:rsidR="00BE1482" w:rsidRPr="001323A3" w:rsidRDefault="005673CF" w:rsidP="005673CF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001323A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Organiser:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001323A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> name, </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE1482" w:rsidRPr="001323A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>organization/institution/company</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D34DE7">
-[...3 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="001323A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6754C246" w14:textId="11ACB985" w:rsidR="005673CF" w:rsidRPr="00D34DE7" w:rsidRDefault="00BE1482" w:rsidP="005673CF">
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+    <w:p w14:paraId="6754C246" w14:textId="11ACB985" w:rsidR="005673CF" w:rsidRPr="001323A3" w:rsidRDefault="00BE1482" w:rsidP="005673CF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="001323A3">
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Contact </w:t>
       </w:r>
-      <w:r w:rsidR="005673CF" w:rsidRPr="00D34DE7">
+      <w:r w:rsidR="005673CF" w:rsidRPr="001323A3">
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>email</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="001323A3">
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39ADE713" w14:textId="77777777" w:rsidR="005673CF" w:rsidRPr="00D34DE7" w:rsidRDefault="005673CF" w:rsidP="005673CF">
+    <w:p w14:paraId="39ADE713" w14:textId="77777777" w:rsidR="005673CF" w:rsidRPr="001323A3" w:rsidRDefault="005673CF" w:rsidP="005673CF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5F86901A" w14:textId="0B111C31" w:rsidR="005673CF" w:rsidRPr="00D34DE7" w:rsidRDefault="005673CF" w:rsidP="005673CF">
+    <w:p w14:paraId="76562DB7" w14:textId="77777777" w:rsidR="001323A3" w:rsidRDefault="005673CF" w:rsidP="005673CF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001323A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Workshop purpose and outline</w:t>
+      </w:r>
+      <w:r w:rsidR="00D34DE7" w:rsidRPr="001323A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="001323A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F86901A" w14:textId="2DAA38EA" w:rsidR="005673CF" w:rsidRPr="001323A3" w:rsidRDefault="001323A3" w:rsidP="005673CF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001323A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(single paragraph containing 150-250 words)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48532B3B" w14:textId="77777777" w:rsidR="005673CF" w:rsidRPr="001323A3" w:rsidRDefault="005673CF" w:rsidP="005673CF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D34DE7">
-[...98 lines deleted...]
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+    </w:p>
+    <w:p w14:paraId="39AE64F4" w14:textId="1BC4B653" w:rsidR="005673CF" w:rsidRPr="001323A3" w:rsidRDefault="005673CF" w:rsidP="005673CF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="39AE64F4" w14:textId="1BC4B653" w:rsidR="005673CF" w:rsidRPr="00D34DE7" w:rsidRDefault="005673CF" w:rsidP="005673CF">
+      <w:r w:rsidRPr="001323A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Target group</w:t>
+      </w:r>
+      <w:r w:rsidR="00D34DE7" w:rsidRPr="001323A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7263BB68" w14:textId="77777777" w:rsidR="005673CF" w:rsidRPr="001323A3" w:rsidRDefault="005673CF" w:rsidP="005673CF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D34DE7">
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+    </w:p>
+    <w:p w14:paraId="77196BA8" w14:textId="4F85A9DA" w:rsidR="005673CF" w:rsidRPr="001323A3" w:rsidRDefault="005673CF" w:rsidP="005673CF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="3B1B13A3" w14:textId="3F386C00" w:rsidR="005673CF" w:rsidRPr="00D34DE7" w:rsidRDefault="009364F7" w:rsidP="005673CF">
+      <w:r w:rsidRPr="001323A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Expected number of participants</w:t>
+      </w:r>
+      <w:r w:rsidR="00D34DE7" w:rsidRPr="001323A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2543F502" w14:textId="3CF1A749" w:rsidR="005673CF" w:rsidRPr="001323A3" w:rsidRDefault="005673CF" w:rsidP="005673CF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...49 lines deleted...]
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+    </w:p>
+    <w:p w14:paraId="3B1B13A3" w14:textId="4C22F37F" w:rsidR="005673CF" w:rsidRPr="001323A3" w:rsidRDefault="005673CF" w:rsidP="005673CF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="2FD5F37F" w14:textId="73E41B43" w:rsidR="005673CF" w:rsidRPr="00D34DE7" w:rsidRDefault="005673CF" w:rsidP="005673CF">
+      <w:r w:rsidRPr="001323A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Duration of your workshop (in hours)</w:t>
+      </w:r>
+      <w:r w:rsidR="00D34DE7" w:rsidRPr="001323A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18CD19C0" w14:textId="77777777" w:rsidR="005673CF" w:rsidRPr="00D34DE7" w:rsidRDefault="005673CF" w:rsidP="005673CF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
+    </w:p>
+    <w:p w14:paraId="01DA8D22" w14:textId="02409888" w:rsidR="005673CF" w:rsidRPr="00913124" w:rsidRDefault="00D34DE7" w:rsidP="005673CF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00D34DE7">
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Expected number of participants</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00D34DE7">
+        <w:t>The preferred</w:t>
+      </w:r>
+      <w:r w:rsidR="005673CF" w:rsidRPr="00D34DE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> form of participation</w:t>
+      </w:r>
+      <w:r w:rsidR="005673CF" w:rsidRPr="00913124">
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3DEB2AED" w14:textId="77777777" w:rsidR="005673CF" w:rsidRPr="00D34DE7" w:rsidRDefault="005673CF" w:rsidP="005673CF">
-[...50 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="38650C52" w14:textId="54BF400A" w:rsidR="005673CF" w:rsidRPr="00D34DE7" w:rsidRDefault="00000000" w:rsidP="00D34DE7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
           </w:rPr>
           <w:id w:val="131448875"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtContent>
-          <w:r w:rsidRPr="00EA6A4C">
+          <w:r w:rsidR="000548DB">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
-              <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="005673CF" w:rsidRPr="00EA6A4C">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="005673CF" w:rsidRPr="00D34DE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
         </w:rPr>
         <w:tab/>
         <w:t>In Person</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17967DC3" w14:textId="25FEB435" w:rsidR="005673CF" w:rsidRPr="00EA6A4C" w:rsidRDefault="000548DB" w:rsidP="005673CF">
-[...4 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="17967DC3" w14:textId="25FEB435" w:rsidR="005673CF" w:rsidRPr="00913124" w:rsidRDefault="00000000" w:rsidP="005673CF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
           </w:rPr>
           <w:id w:val="-912234088"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtContent>
-          <w:r w:rsidRPr="00EA6A4C">
+          <w:r w:rsidR="000548DB">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
-              <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="005673CF" w:rsidRPr="00EA6A4C">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="005673CF" w:rsidRPr="00913124">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
         </w:rPr>
         <w:tab/>
         <w:t>Online only</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="03634F66" w14:textId="77777777" w:rsidR="005673CF" w:rsidRPr="00913124" w:rsidRDefault="005673CF" w:rsidP="005673CF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="13E9C051" w14:textId="17CC3157" w:rsidR="005673CF" w:rsidRPr="00913124" w:rsidRDefault="009364F7" w:rsidP="005673CF">
-[...21 lines deleted...]
-      <w:r w:rsidR="005673CF" w:rsidRPr="00913124">
+    <w:p w14:paraId="13E9C051" w14:textId="77777777" w:rsidR="005673CF" w:rsidRPr="00913124" w:rsidRDefault="005673CF" w:rsidP="005673CF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D34DE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>The mode of dissemination</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00913124">
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0983A91D" w14:textId="213A314F" w:rsidR="005673CF" w:rsidRPr="00EA6A4C" w:rsidRDefault="000548DB" w:rsidP="005673CF">
-[...4 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="0983A91D" w14:textId="213A314F" w:rsidR="005673CF" w:rsidRPr="00913124" w:rsidRDefault="00000000" w:rsidP="005673CF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
           </w:rPr>
           <w:id w:val="-1811392939"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtContent>
-          <w:r w:rsidRPr="00EA6A4C">
+          <w:r w:rsidR="000548DB">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
-              <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="005673CF" w:rsidRPr="00EA6A4C">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="005673CF" w:rsidRPr="00913124">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
         </w:rPr>
         <w:tab/>
         <w:t>wider public announcement</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1AFB6E2B" w14:textId="705697B6" w:rsidR="005673CF" w:rsidRPr="00EA6A4C" w:rsidRDefault="000548DB" w:rsidP="005673CF">
-[...4 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="1AFB6E2B" w14:textId="15E9C5F8" w:rsidR="005673CF" w:rsidRDefault="00000000" w:rsidP="005673CF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
           </w:rPr>
           <w:id w:val="-2033171927"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtContent>
-          <w:r w:rsidRPr="00EA6A4C">
+          <w:r w:rsidR="000548DB">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
-              <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidRPr="00EA6A4C">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="000548DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="005673CF" w:rsidRPr="00EA6A4C">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="005673CF" w:rsidRPr="00913124">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
         </w:rPr>
         <w:t>private circle (group of people)</w:t>
       </w:r>
+      <w:r w:rsidR="00E91B85">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+        </w:rPr>
+        <w:t>, if yes, indicate:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3286A6F3" w14:textId="0872EC02" w:rsidR="00E91B85" w:rsidRPr="00913124" w:rsidRDefault="00E91B85" w:rsidP="005673CF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+        </w:rPr>
+        <w:t>________________________________________________________</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="2978C763" w14:textId="77777777" w:rsidR="005673CF" w:rsidRPr="00913124" w:rsidRDefault="005673CF" w:rsidP="005673CF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="075E9EEA" w14:textId="39D7BEDA" w:rsidR="00B8426E" w:rsidRPr="000548DB" w:rsidRDefault="005673CF" w:rsidP="005673CF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D34DE7">
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Request for special technical equipment</w:t>
       </w:r>
       <w:r w:rsidRPr="00913124">
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="000548DB">
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> _________________________</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00B8426E" w:rsidRPr="000548DB" w:rsidSect="00F808FB">
+    <w:sectPr w:rsidR="00B8426E" w:rsidRPr="000548DB" w:rsidSect="00C92B68">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="568" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="35F1A87E" w14:textId="77777777" w:rsidR="00F808FB" w:rsidRDefault="00F808FB" w:rsidP="00913124">
+    <w:p w14:paraId="49A37DD3" w14:textId="77777777" w:rsidR="00124CEC" w:rsidRDefault="00124CEC" w:rsidP="00913124">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="45B9A0A6" w14:textId="77777777" w:rsidR="00F808FB" w:rsidRDefault="00F808FB" w:rsidP="00913124">
+    <w:p w14:paraId="5C026D57" w14:textId="77777777" w:rsidR="00124CEC" w:rsidRDefault="00124CEC" w:rsidP="00913124">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -764,89 +649,82 @@
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Century Gothic">
     <w:panose1 w:val="020B0502020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Helvetica">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2803C46B" w14:textId="77777777" w:rsidR="00F808FB" w:rsidRDefault="00F808FB" w:rsidP="00913124">
+    <w:p w14:paraId="46F66EFD" w14:textId="77777777" w:rsidR="00124CEC" w:rsidRDefault="00124CEC" w:rsidP="00913124">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2C98F8C4" w14:textId="77777777" w:rsidR="00F808FB" w:rsidRDefault="00F808FB" w:rsidP="00913124">
+    <w:p w14:paraId="3D72B59B" w14:textId="77777777" w:rsidR="00124CEC" w:rsidRDefault="00124CEC" w:rsidP="00913124">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:p w14:paraId="561415B9" w14:textId="3FCEC7F0" w:rsidR="00174043" w:rsidRDefault="00D34DE7" w:rsidP="005B0C09">
     <w:pPr>
       <w:pStyle w:val="a3"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6F5FBD78" wp14:editId="5F59DCD5">
           <wp:extent cx="2689860" cy="916704"/>
@@ -1013,93 +891,107 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="183445915">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:zoom w:percent="100"/>
   <w:displayBackgroundShape/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:trackRevisions/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="1B4AEC1F"/>
     <w:rsid w:val="000548DB"/>
+    <w:rsid w:val="000D7072"/>
+    <w:rsid w:val="00124CEC"/>
+    <w:rsid w:val="001323A3"/>
     <w:rsid w:val="00174043"/>
+    <w:rsid w:val="001F40F4"/>
     <w:rsid w:val="00303CCE"/>
-    <w:rsid w:val="00325710"/>
+    <w:rsid w:val="00312F1C"/>
+    <w:rsid w:val="003441EF"/>
+    <w:rsid w:val="00493C2F"/>
     <w:rsid w:val="005673CF"/>
     <w:rsid w:val="005B0C09"/>
     <w:rsid w:val="00664048"/>
+    <w:rsid w:val="006F03D7"/>
     <w:rsid w:val="008A1873"/>
     <w:rsid w:val="00913124"/>
-    <w:rsid w:val="009364F7"/>
+    <w:rsid w:val="00995853"/>
     <w:rsid w:val="009A0727"/>
+    <w:rsid w:val="009A3EC7"/>
     <w:rsid w:val="00B8426E"/>
+    <w:rsid w:val="00BC4066"/>
     <w:rsid w:val="00BE1482"/>
+    <w:rsid w:val="00C92B68"/>
+    <w:rsid w:val="00C939E5"/>
     <w:rsid w:val="00C95189"/>
     <w:rsid w:val="00D34DE7"/>
+    <w:rsid w:val="00D676A9"/>
+    <w:rsid w:val="00DF50CD"/>
     <w:rsid w:val="00E4415D"/>
-    <w:rsid w:val="00EA6A4C"/>
+    <w:rsid w:val="00E91B85"/>
+    <w:rsid w:val="00EE4E59"/>
     <w:rsid w:val="00F35113"/>
-    <w:rsid w:val="00F808FB"/>
     <w:rsid w:val="1B4AEC1F"/>
     <w:rsid w:val="610BBF3C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="cs-CZ"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
@@ -1570,50 +1462,60 @@
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a6">
     <w:name w:val="Нижний колонтитул Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a5"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00913124"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a7">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00D34DE7"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="a8">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00EE4E59"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
@@ -1870,75 +1772,75 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{70F1DA15-3F55-4CB6-AA11-540BA139044B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>71</Words>
-  <Characters>416</Characters>
+  <Words>68</Words>
+  <Characters>504</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>9</Lines>
-  <Paragraphs>5</Paragraphs>
+  <Lines>26</Lines>
+  <Paragraphs>17</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>482</CharactersWithSpaces>
+  <CharactersWithSpaces>560</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Chubur Viktoriia</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="GrammarlyDocumentId">
     <vt:lpwstr>905ca82b1cbc477700cc15e056cbb749c318e93feea5d83bedcdc2f5e593879f</vt:lpwstr>
   </property>