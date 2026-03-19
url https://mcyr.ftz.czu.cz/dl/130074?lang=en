--- v0 (2025-10-20)
+++ v1 (2026-03-19)
@@ -1,59 +1,63 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="fntdata" ContentType="application/x-fontdata"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xlsx" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/notesMasters/notesMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesMaster+xml"/>
   <Override PartName="/ppt/handoutMasters/handoutMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.handoutMaster+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/theme/theme3.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/ppt/charts/style1.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/ppt/charts/colors1.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/ppt/charts/chart2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/ppt/charts/style2.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/ppt/charts/colors2.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showSpecialPlsOnTitleSld="0" embedTrueTypeFonts="1" saveSubsetFonts="1">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483656" r:id="rId1"/>
   </p:sldMasterIdLst>
   <p:notesMasterIdLst>
     <p:notesMasterId r:id="rId9"/>
   </p:notesMasterIdLst>
@@ -2423,51 +2427,51 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="quarter" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{A0289752-4B1A-4A64-9E9F-66FAAED2BEF7}" type="datetimeFigureOut">
               <a:rPr lang="uk-UA" smtClean="0"/>
-              <a:t>11.09.2025</a:t>
+              <a:t>12.03.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="uk-UA"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Нижний колонтитул 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2AC06FB7-675A-F1B4-7D7A-AE875491D0ED}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="8685213"/>
             <a:ext cx="2971800" cy="458787"/>
@@ -2605,51 +2609,51 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{78C66C29-EED5-40E2-A90B-B7CCD5ED8C91}" type="datetimeFigureOut">
               <a:rPr lang="uk-UA" smtClean="0"/>
-              <a:t>11.09.2025</a:t>
+              <a:t>12.03.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="uk-UA"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Образ слайда 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="1143000"/>
             <a:ext cx="5486400" cy="3086100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
@@ -2879,83 +2883,95 @@
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl8pPr>
     <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:notesStyle>
 </p:notesMaster>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="title" preserve="1">
   <p:cSld name="Титульный слайд">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="15" name="Group 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7C1F15D8-18CA-638B-3639-373BDC22A328}"/>
@@ -3259,51 +3275,51 @@
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" sz="2400" b="0" dirty="0"/>
               <a:t>MCYR 202</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2400" b="0" dirty="0"/>
-              <a:t>5</a:t>
+              <a:t>6</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="pl-PL" sz="2400" b="0" dirty="0"/>
               <a:t> – Prague, Czech Republic</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="13" name="Прямоугольник 12">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{20CBC8BB-25FF-35E7-A71F-2811469CDD7A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr userDrawn="1"/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="14478000" y="0"/>
             <a:ext cx="3810000" cy="2628899"/>
           </a:xfrm>
@@ -3386,51 +3402,450 @@
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:extLst>
     <p:ext uri="{DCECCB84-F9BA-43D5-87BE-67443E8EF086}">
       <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
         <p15:guide id="1" orient="horz" pos="3240" userDrawn="1">
           <p15:clr>
             <a:srgbClr val="FBAE40"/>
           </p15:clr>
         </p15:guide>
         <p15:guide id="2" pos="5760" userDrawn="1">
           <p15:clr>
             <a:srgbClr val="FBAE40"/>
           </p15:clr>
         </p15:guide>
       </p15:sldGuideLst>
     </p:ext>
   </p:extLst>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout10.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
-  <p:cSld name="1_Пустой слайд">
+  <p:cSld name="Два объекта">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Объект 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{39A363B0-BD6F-E523-A6F7-90159DFC2708}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="half" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1257300" y="2738438"/>
+            <a:ext cx="15773400" cy="6527800"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr>
+                <a:latin typeface="Century Gothic" panose="020B0502020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr>
+              <a:defRPr>
+                <a:latin typeface="Century Gothic" panose="020B0502020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr>
+              <a:defRPr>
+                <a:latin typeface="Century Gothic" panose="020B0502020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr>
+              <a:defRPr>
+                <a:latin typeface="Century Gothic" panose="020B0502020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr>
+              <a:defRPr>
+                <a:latin typeface="Century Gothic" panose="020B0502020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="ru-RU"/>
+              <a:t>Образец текста</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="ru-RU"/>
+              <a:t>Второй уровень</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="ru-RU"/>
+              <a:t>Третий уровень</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="ru-RU"/>
+              <a:t>Четвертый уровень</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="ru-RU"/>
+              <a:t>Пятый уровень</a:t>
+            </a:r>
+            <a:endParaRPr lang="uk-UA"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="AutoShape 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6869CD9C-64AF-BD4E-47ED-A9A1D029320D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="2476500"/>
+            <a:ext cx="6262168" cy="0"/>
+          </a:xfrm>
+          <a:prstGeom prst="line">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="47625" cap="rnd">
+            <a:solidFill>
+              <a:srgbClr val="747474"/>
+            </a:solidFill>
+            <a:prstDash val="solid"/>
+            <a:headEnd type="none" w="sm" len="sm"/>
+            <a:tailEnd type="none" w="sm" len="sm"/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="uk-UA"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="AutoShape 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{ABD01446-F7BF-8FFB-0D0D-99322B303B91}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="12025832" y="2476500"/>
+            <a:ext cx="6262168" cy="0"/>
+          </a:xfrm>
+          <a:prstGeom prst="line">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="47625" cap="rnd">
+            <a:solidFill>
+              <a:srgbClr val="747474"/>
+            </a:solidFill>
+            <a:prstDash val="solid"/>
+            <a:headEnd type="none" w="sm" len="sm"/>
+            <a:tailEnd type="none" w="sm" len="sm"/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="uk-UA"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Заголовок 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8D330D03-F14E-7CF4-516F-E170AE7EF472}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6293544" y="1866900"/>
+            <a:ext cx="5981700" cy="609601"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr b="1">
+                <a:latin typeface="Century Gothic" panose="020B0502020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>Образец заголовка</a:t>
+            </a:r>
+            <a:endParaRPr lang="uk-UA" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="12" name="Объект 13">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0E7C2195-156B-ED89-1C79-11EA9B3A4D8A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="quarter" idx="15" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="17221200" y="9969500"/>
+            <a:ext cx="533400" cy="317500"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="50000"/>
+                    <a:lumOff val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:fld id="{9AC4D9EB-A3E8-461F-89E2-77DB9B368024}" type="slidenum">
+              <a:rPr lang="uk-UA" smtClean="0"/>
+              <a:pPr/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="uk-UA" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:grpSp>
+        <p:nvGrpSpPr>
+          <p:cNvPr id="4" name="Group 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2CE215F9-AA26-EFA7-F80C-D809E7BEA38A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvGrpSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvGrpSpPr>
+        <p:grpSpPr>
+          <a:xfrm>
+            <a:off x="0" y="9970247"/>
+            <a:ext cx="18288000" cy="378619"/>
+            <a:chOff x="-1557191" y="1971580"/>
+            <a:chExt cx="6186311" cy="347980"/>
+          </a:xfrm>
+          <a:solidFill>
+            <a:srgbClr val="CBDCED"/>
+          </a:solidFill>
+        </p:grpSpPr>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="5" name="Freeform 6">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{75489EEF-F6DC-AC9D-1BE3-FB4B29D5E16A}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr userDrawn="1"/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="-1557191" y="1971580"/>
+              <a:ext cx="6186311" cy="347980"/>
+            </a:xfrm>
+            <a:custGeom>
+              <a:avLst/>
+              <a:gdLst/>
+              <a:ahLst/>
+              <a:cxnLst/>
+              <a:rect l="l" t="t" r="r" b="b"/>
+              <a:pathLst>
+                <a:path w="6186311" h="347980">
+                  <a:moveTo>
+                    <a:pt x="0" y="0"/>
+                  </a:moveTo>
+                  <a:lnTo>
+                    <a:pt x="6186311" y="0"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="6186311" y="347980"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="0" y="347980"/>
+                  </a:lnTo>
+                  <a:close/>
+                </a:path>
+              </a:pathLst>
+            </a:custGeom>
+            <a:grpFill/>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr/>
+            <a:lstStyle/>
+            <a:p>
+              <a:endParaRPr lang="uk-UA" sz="700"/>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+      </p:grpSp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{69E7D351-7CCE-67EA-8A91-7C0681376BA7}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="16"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="12915900" y="9534525"/>
+            <a:ext cx="4114800" cy="547688"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{9AC4D9EB-A3E8-461F-89E2-77DB9B368024}" type="slidenum">
+              <a:rPr lang="uk-UA" smtClean="0"/>
+              <a:t>‹№›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="uk-UA" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3682157432"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout11.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+  <p:cSld name="Пустой слайд">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="14" name="Прямоугольник 13">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{989784ED-D786-82E0-F7E2-CD10984773F3}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr userDrawn="1"/>
@@ -3453,50 +3868,125 @@
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="15000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="uk-UA"/>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:grpSp>
+        <p:nvGrpSpPr>
+          <p:cNvPr id="10" name="Group 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8041CA48-5F51-A7FD-2D06-965D5411181F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvGrpSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvGrpSpPr>
+        <p:grpSpPr>
+          <a:xfrm>
+            <a:off x="0" y="4914901"/>
+            <a:ext cx="18288000" cy="5433966"/>
+            <a:chOff x="-1557191" y="1971580"/>
+            <a:chExt cx="6186311" cy="347980"/>
+          </a:xfrm>
+          <a:solidFill>
+            <a:srgbClr val="CBDCED"/>
+          </a:solidFill>
+        </p:grpSpPr>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="11" name="Freeform 6">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2E055D0A-3598-7C52-B9E7-E0ED377170B2}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr userDrawn="1"/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="-1557191" y="1971580"/>
+              <a:ext cx="6186311" cy="347980"/>
+            </a:xfrm>
+            <a:custGeom>
+              <a:avLst/>
+              <a:gdLst/>
+              <a:ahLst/>
+              <a:cxnLst/>
+              <a:rect l="l" t="t" r="r" b="b"/>
+              <a:pathLst>
+                <a:path w="6186311" h="347980">
+                  <a:moveTo>
+                    <a:pt x="0" y="0"/>
+                  </a:moveTo>
+                  <a:lnTo>
+                    <a:pt x="6186311" y="0"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="6186311" y="347980"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="0" y="347980"/>
+                  </a:lnTo>
+                  <a:close/>
+                </a:path>
+              </a:pathLst>
+            </a:custGeom>
+            <a:grpFill/>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr/>
+            <a:lstStyle/>
+            <a:p>
+              <a:endParaRPr lang="uk-UA" sz="700"/>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+      </p:grpSp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Дата 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{26DC0DBD-C8BA-54F1-CE6F-54F8E940151F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1257300" y="9534525"/>
             <a:ext cx="4114800" cy="547688"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
@@ -3613,51 +4103,995 @@
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
               <a:t>MCYR 202</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>5</a:t>
+              <a:t>6</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t> – Prague, Czech Republic</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Объект 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{77BC9AFC-95FC-435C-92E4-55B3C7D8871F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="half" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1257300" y="5448300"/>
+            <a:ext cx="15773400" cy="3817938"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr>
+                <a:latin typeface="Century Gothic" panose="020B0502020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr>
+              <a:defRPr>
+                <a:latin typeface="Century Gothic" panose="020B0502020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr>
+              <a:defRPr>
+                <a:latin typeface="Century Gothic" panose="020B0502020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr>
+              <a:defRPr>
+                <a:latin typeface="Century Gothic" panose="020B0502020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr>
+              <a:defRPr>
+                <a:latin typeface="Century Gothic" panose="020B0502020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="ru-RU"/>
+              <a:t>Образец текста</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="ru-RU"/>
+              <a:t>Второй уровень</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="ru-RU"/>
+              <a:t>Третий уровень</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="ru-RU"/>
+              <a:t>Четвертый уровень</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="ru-RU"/>
+              <a:t>Пятый уровень</a:t>
+            </a:r>
+            <a:endParaRPr lang="uk-UA"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="16" name="TextBox 15">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{78DB6D5B-08DD-03E1-582A-0AB6C359740B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3205296" y="2940081"/>
+            <a:ext cx="4338503" cy="769441"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2200" b="0" i="0" spc="-80" baseline="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Century Gothic" panose="020B0502020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Multidisciplinary Conference</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2200" b="0" i="0" spc="-80" baseline="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Century Gothic" panose="020B0502020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>for Young Researchers</a:t>
+            </a:r>
+            <a:endParaRPr lang="uk-UA" sz="2200" b="0" i="0" spc="-80" baseline="0" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:latin typeface="Century Gothic" panose="020B0502020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="18" name="Рисунок 17" descr="Изображение выглядит как круг, пространство, темнота&#10;&#10;Автоматически созданное описание">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{784A8F71-0F49-A039-1C37-482CC2F9669B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="914400" y="-119809"/>
+            <a:ext cx="5433966" cy="5433966"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{60C29A2B-AA88-2829-3BD5-C41E8EF570A3}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="16"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="12915900" y="9534525"/>
+            <a:ext cx="4114800" cy="547688"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{9AC4D9EB-A3E8-461F-89E2-77DB9B368024}" type="slidenum">
+              <a:rPr lang="uk-UA" smtClean="0"/>
+              <a:t>‹№›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="uk-UA" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1246551203"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout12.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+  <p:cSld name="2_Пустой слайд">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="5" name="Рисунок 4" descr="Зображення, що містить текст, ескіз, малюнок, дизайн&#10;&#10;Автоматично згенерований опис">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D50168B1-226B-3413-AC94-93F3AD5FB3FB}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="0"/>
+            <a:ext cx="18288000" cy="10287000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="14" name="Прямоугольник 13">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{989784ED-D786-82E0-F7E2-CD10984773F3}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="14935200" y="1"/>
+            <a:ext cx="3352800" cy="2400300"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="15000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="uk-UA"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Дата 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{26DC0DBD-C8BA-54F1-CE6F-54F8E940151F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1257300" y="9534525"/>
+            <a:ext cx="4114800" cy="547688"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="uk-UA"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Нижний колонтитул 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F8B7272C-6BBB-98C2-97FC-30BA1D655262}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6217619" y="9534525"/>
+            <a:ext cx="6172200" cy="547688"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr lang="cs-CZ" sz="2000" kern="1200" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Century Gothic" panose="020B0502020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="1800" dirty="0"/>
+              <a:t>MCYR 202</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0"/>
+              <a:t>6</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="1800" dirty="0"/>
+              <a:t> – Prague, Czech Republic</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Объект 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{77BC9AFC-95FC-435C-92E4-55B3C7D8871F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="half" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1257300" y="5448300"/>
+            <a:ext cx="15773400" cy="3817938"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr>
+                <a:latin typeface="Century Gothic" panose="020B0502020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr>
+              <a:defRPr>
+                <a:latin typeface="Century Gothic" panose="020B0502020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr>
+              <a:defRPr>
+                <a:latin typeface="Century Gothic" panose="020B0502020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr>
+              <a:defRPr>
+                <a:latin typeface="Century Gothic" panose="020B0502020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr>
+              <a:defRPr>
+                <a:latin typeface="Century Gothic" panose="020B0502020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="ru-RU"/>
+              <a:t>Образец текста</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="ru-RU"/>
+              <a:t>Второй уровень</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="ru-RU"/>
+              <a:t>Третий уровень</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="ru-RU"/>
+              <a:t>Четвертый уровень</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="ru-RU"/>
+              <a:t>Пятый уровень</a:t>
+            </a:r>
+            <a:endParaRPr lang="uk-UA"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="16" name="TextBox 15">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{78DB6D5B-08DD-03E1-582A-0AB6C359740B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3205296" y="2940081"/>
+            <a:ext cx="4338503" cy="769441"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2200" b="0" i="0" spc="-80" baseline="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Century Gothic" panose="020B0502020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Multidisciplinary Conference</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2200" b="0" i="0" spc="-80" baseline="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Century Gothic" panose="020B0502020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>for Young Researchers</a:t>
+            </a:r>
+            <a:endParaRPr lang="uk-UA" sz="2200" b="0" i="0" spc="-80" baseline="0" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:latin typeface="Century Gothic" panose="020B0502020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{60C29A2B-AA88-2829-3BD5-C41E8EF570A3}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="16"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="12915900" y="9534525"/>
+            <a:ext cx="4114800" cy="547688"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{9AC4D9EB-A3E8-461F-89E2-77DB9B368024}" type="slidenum">
+              <a:rPr lang="uk-UA" smtClean="0"/>
+              <a:t>‹№›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="uk-UA" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="200432488"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout13.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+  <p:cSld name="1_Пустой слайд">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="14" name="Прямоугольник 13">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{989784ED-D786-82E0-F7E2-CD10984773F3}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="14935200" y="1"/>
+            <a:ext cx="3352800" cy="2400300"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="15000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="uk-UA"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Дата 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{26DC0DBD-C8BA-54F1-CE6F-54F8E940151F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1257300" y="9534525"/>
+            <a:ext cx="4114800" cy="547688"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="uk-UA"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Нижний колонтитул 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F8B7272C-6BBB-98C2-97FC-30BA1D655262}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6217619" y="9534525"/>
+            <a:ext cx="6172200" cy="547688"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr lang="cs-CZ" sz="2000" kern="1200" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Century Gothic" panose="020B0502020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t>MCYR 202</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>6</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
               <a:t> – Prague, Czech Republic</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Объект 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{77BC9AFC-95FC-435C-92E4-55B3C7D8871F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="half" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
@@ -3950,66 +5384,497 @@
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{9AC4D9EB-A3E8-461F-89E2-77DB9B368024}" type="slidenum">
               <a:rPr lang="uk-UA" smtClean="0"/>
               <a:t>‹№›</a:t>
             </a:fld>
             <a:endParaRPr lang="uk-UA" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4027550953"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout2.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
-  <p:cSld name="Заголовок и объект">
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="title" preserve="1">
+  <p:cSld name="1_Титульный слайд">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="6" name="Рисунок 5" descr="Зображення, що містить текст, ескіз, малюнок, дизайн&#10;&#10;Автоматично згенерований опис">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{06802781-F636-5ADC-3D38-FF8CE4CB4607}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="0"/>
+            <a:ext cx="18288000" cy="10287000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Заголовок 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DB7EA978-4D42-2597-2E76-D15CDCA2A310}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ctrTitle"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1828800" y="2857500"/>
+            <a:ext cx="14782800" cy="1475068"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="b"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="ctr">
+              <a:defRPr sz="6000" b="1">
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+                <a:latin typeface="Century Gothic" panose="020B0502020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>Образец заголовка</a:t>
+            </a:r>
+            <a:endParaRPr lang="uk-UA" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Подзаголовок 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D83879EA-A35D-85E8-A903-B9A5701C3BD7}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="subTitle" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1828800" y="5554936"/>
+            <a:ext cx="14782800" cy="2000936"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="2400">
+                <a:latin typeface="Century Gothic" panose="020B0502020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="2000"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1800"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>Образец подзаголовка</a:t>
+            </a:r>
+            <a:endParaRPr lang="uk-UA" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="12" name="Нижний колонтитул 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C316B226-DF24-4A6F-0866-7226F181579F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6057900" y="9563100"/>
+            <a:ext cx="6172200" cy="547688"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr lang="cs-CZ" sz="2000" kern="1200" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Century Gothic" panose="020B0502020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="1900" b="0" dirty="0"/>
+              <a:t>MCYR 202</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1900" b="0" dirty="0"/>
+              <a:t>6</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="1900" b="0" dirty="0"/>
+              <a:t> – Prague, Czech Republic</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="13" name="Прямоугольник 12">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{20CBC8BB-25FF-35E7-A71F-2811469CDD7A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="14478000" y="0"/>
+            <a:ext cx="3810000" cy="2628899"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="15000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="uk-UA"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="832183642"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:extLst>
+    <p:ext uri="{DCECCB84-F9BA-43D5-87BE-67443E8EF086}">
+      <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
+        <p15:guide id="1" orient="horz" pos="3240">
+          <p15:clr>
+            <a:srgbClr val="FBAE40"/>
+          </p15:clr>
+        </p15:guide>
+        <p15:guide id="2" pos="5760">
+          <p15:clr>
+            <a:srgbClr val="FBAE40"/>
+          </p15:clr>
+        </p15:guide>
+      </p15:sldGuideLst>
+    </p:ext>
+  </p:extLst>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+  <p:cSld name="2_Заголовок и объект">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="6" name="Рисунок 5" descr="Зображення, що містить ескіз, малюнок, мистецтво, ілюстрація&#10;&#10;Автоматично згенерований опис">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{75C13EFF-F52F-2CEE-8461-ADB15110D415}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect t="60370"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="6210300"/>
+            <a:ext cx="18288000" cy="4076700"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="8" name="Group 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A4382694-9396-1E6D-4625-0DA86E70BDD4}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGrpSpPr/>
           <p:nvPr userDrawn="1"/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
             <a:off x="0" y="9970247"/>
             <a:ext cx="18288000" cy="378619"/>
             <a:chOff x="-1557191" y="1971580"/>
             <a:chExt cx="6186311" cy="347980"/>
           </a:xfrm>
           <a:solidFill>
             <a:srgbClr val="CBDCED"/>
           </a:solidFill>
         </p:grpSpPr>
         <p:sp>
           <p:nvSpPr>
@@ -4245,61 +6110,367 @@
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="16"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{9AC4D9EB-A3E8-461F-89E2-77DB9B368024}" type="slidenum">
               <a:rPr lang="uk-UA" smtClean="0"/>
               <a:t>‹№›</a:t>
             </a:fld>
             <a:endParaRPr lang="uk-UA" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="73682939"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+  <p:cSld name="Заголовок и объект">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:grpSp>
+        <p:nvGrpSpPr>
+          <p:cNvPr id="8" name="Group 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A4382694-9396-1E6D-4625-0DA86E70BDD4}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvGrpSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvGrpSpPr>
+        <p:grpSpPr>
+          <a:xfrm>
+            <a:off x="0" y="9970247"/>
+            <a:ext cx="18288000" cy="378619"/>
+            <a:chOff x="-1557191" y="1971580"/>
+            <a:chExt cx="6186311" cy="347980"/>
+          </a:xfrm>
+          <a:solidFill>
+            <a:srgbClr val="CBDCED"/>
+          </a:solidFill>
+        </p:grpSpPr>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="10" name="Freeform 6">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5F48F845-2DD7-F02A-C7E5-AFEE534E4426}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr userDrawn="1"/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="-1557191" y="1971580"/>
+              <a:ext cx="6186311" cy="347980"/>
+            </a:xfrm>
+            <a:custGeom>
+              <a:avLst/>
+              <a:gdLst/>
+              <a:ahLst/>
+              <a:cxnLst/>
+              <a:rect l="l" t="t" r="r" b="b"/>
+              <a:pathLst>
+                <a:path w="6186311" h="347980">
+                  <a:moveTo>
+                    <a:pt x="0" y="0"/>
+                  </a:moveTo>
+                  <a:lnTo>
+                    <a:pt x="6186311" y="0"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="6186311" y="347980"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="0" y="347980"/>
+                  </a:lnTo>
+                  <a:close/>
+                </a:path>
+              </a:pathLst>
+            </a:custGeom>
+            <a:grpFill/>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr/>
+            <a:lstStyle/>
+            <a:p>
+              <a:endParaRPr lang="uk-UA" sz="700"/>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+      </p:grpSp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Заголовок 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6558969A-6DF5-A4E4-B798-CC81B0E4B0E3}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1257300" y="547689"/>
+            <a:ext cx="14516100" cy="990202"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr>
+                <a:latin typeface="Century Gothic" panose="020B0502020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>Образец заголовка</a:t>
+            </a:r>
+            <a:endParaRPr lang="uk-UA" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Объект 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8CF66C92-D605-855C-4C5A-EA10C76AC865}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1257300" y="2738438"/>
+            <a:ext cx="15773400" cy="6527800"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr>
+                <a:latin typeface="Century Gothic" panose="020B0502020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr>
+              <a:defRPr>
+                <a:latin typeface="Century Gothic" panose="020B0502020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr>
+              <a:defRPr>
+                <a:latin typeface="Century Gothic" panose="020B0502020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr>
+              <a:defRPr>
+                <a:latin typeface="Century Gothic" panose="020B0502020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr>
+              <a:defRPr>
+                <a:latin typeface="Century Gothic" panose="020B0502020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>Образец текста</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>Второй уровень</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>Третий уровень</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>Четвертый уровень</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>Пятый уровень</a:t>
+            </a:r>
+            <a:endParaRPr lang="uk-UA" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="AutoShape 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{50AEF3EE-5C6C-F6D7-F638-0ECE2DF1F1A3}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="1565672"/>
+            <a:ext cx="12795652" cy="0"/>
+          </a:xfrm>
+          <a:prstGeom prst="line">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="47625" cap="rnd">
+            <a:solidFill>
+              <a:srgbClr val="747474"/>
+            </a:solidFill>
+            <a:prstDash val="solid"/>
+            <a:headEnd type="none" w="sm" len="sm"/>
+            <a:tailEnd type="none" w="sm" len="sm"/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="uk-UA"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1E2F6D63-5391-038C-D423-4FE641B03721}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="16"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{9AC4D9EB-A3E8-461F-89E2-77DB9B368024}" type="slidenum">
+              <a:rPr lang="uk-UA" smtClean="0"/>
+              <a:t>‹№›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="uk-UA" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2250720378"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slideLayouts/slideLayout5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
   <p:cSld name="1_Заголовок и объект">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="10" name="Group 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BD9D6681-F1AB-8126-B179-8EE79037AFE1}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -4733,51 +6904,51 @@
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{9AC4D9EB-A3E8-461F-89E2-77DB9B368024}" type="slidenum">
               <a:rPr lang="uk-UA" smtClean="0"/>
               <a:t>‹№›</a:t>
             </a:fld>
             <a:endParaRPr lang="uk-UA" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3227286951"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slideLayouts/slideLayout6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
   <p:cSld name="1_Два объекта">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="2" name="Group 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E6418A19-D4C5-DABB-A791-68B646782D31}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -5084,51 +7255,51 @@
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{9AC4D9EB-A3E8-461F-89E2-77DB9B368024}" type="slidenum">
               <a:rPr lang="uk-UA" smtClean="0"/>
               <a:t>‹№›</a:t>
             </a:fld>
             <a:endParaRPr lang="uk-UA" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1146493521"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slideLayouts/slideLayout7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
   <p:cSld name="2_Два объекта">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Объект 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{39A363B0-BD6F-E523-A6F7-90159DFC2708}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -5420,51 +7591,51 @@
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{9AC4D9EB-A3E8-461F-89E2-77DB9B368024}" type="slidenum">
               <a:rPr lang="uk-UA" smtClean="0"/>
               <a:t>‹№›</a:t>
             </a:fld>
             <a:endParaRPr lang="uk-UA" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2648630990"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout6.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slideLayouts/slideLayout8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
   <p:cSld name="3_Два объекта">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="12" name="AutoShape 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{98C0963A-64C2-5325-AE0D-96675786799B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -5855,51 +8026,51 @@
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{9AC4D9EB-A3E8-461F-89E2-77DB9B368024}" type="slidenum">
               <a:rPr lang="uk-UA" smtClean="0"/>
               <a:t>‹№›</a:t>
             </a:fld>
             <a:endParaRPr lang="uk-UA" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="345586098"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout7.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slideLayouts/slideLayout9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
   <p:cSld name="4_Два объекта">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Объект 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{39A363B0-BD6F-E523-A6F7-90159DFC2708}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -6131,998 +8302,52 @@
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{9AC4D9EB-A3E8-461F-89E2-77DB9B368024}" type="slidenum">
               <a:rPr lang="uk-UA" smtClean="0"/>
               <a:t>‹№›</a:t>
             </a:fld>
             <a:endParaRPr lang="uk-UA" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1298586157"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout8.xml><?xml version="1.0" encoding="utf-8"?>
-[...944 lines deleted...]
-
 <file path=ppt/slideMasters/_rels/slideMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideMasters/slideMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
@@ -7165,89 +8390,92 @@
           </a:lstStyle>
           <a:p>
             <a:fld id="{9AC4D9EB-A3E8-461F-89E2-77DB9B368024}" type="slidenum">
               <a:rPr lang="uk-UA" smtClean="0"/>
               <a:t>‹№›</a:t>
             </a:fld>
             <a:endParaRPr lang="uk-UA"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="3" name="Рисунок 2" descr="Изображение выглядит как текст, круг, Шрифт, Графика&#10;&#10;Автоматически созданное описание">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1363F3A8-2EA9-E911-31C7-1BD0E43494BF}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId12">
+          <a:blip r:embed="rId15">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect t="3948"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="15240000" y="0"/>
             <a:ext cx="2895600" cy="2781300"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="680580011"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:sldLayoutIdLst>
     <p:sldLayoutId id="2147483657" r:id="rId1"/>
-    <p:sldLayoutId id="2147483658" r:id="rId2"/>
-[...7 lines deleted...]
-    <p:sldLayoutId id="2147483675" r:id="rId10"/>
+    <p:sldLayoutId id="2147483676" r:id="rId2"/>
+    <p:sldLayoutId id="2147483678" r:id="rId3"/>
+    <p:sldLayoutId id="2147483658" r:id="rId4"/>
+    <p:sldLayoutId id="2147483668" r:id="rId5"/>
+    <p:sldLayoutId id="2147483669" r:id="rId6"/>
+    <p:sldLayoutId id="2147483670" r:id="rId7"/>
+    <p:sldLayoutId id="2147483671" r:id="rId8"/>
+    <p:sldLayoutId id="2147483674" r:id="rId9"/>
+    <p:sldLayoutId id="2147483660" r:id="rId10"/>
+    <p:sldLayoutId id="2147483663" r:id="rId11"/>
+    <p:sldLayoutId id="2147483677" r:id="rId12"/>
+    <p:sldLayoutId id="2147483675" r:id="rId13"/>
   </p:sldLayoutIdLst>
   <p:hf hdr="0" ftr="0" dt="0"/>
   <p:txStyles>
     <p:titleStyle>
       <a:lvl1pPr algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:lnSpc>
           <a:spcPct val="90000"/>
         </a:lnSpc>
         <a:spcBef>
           <a:spcPct val="0"/>
         </a:spcBef>
         <a:buNone/>
         <a:defRPr sz="4400" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mj-lt"/>
           <a:ea typeface="+mj-ea"/>
           <a:cs typeface="+mj-cs"/>
         </a:defRPr>
       </a:lvl1pPr>
     </p:titleStyle>
     <p:bodyStyle>
       <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:lnSpc>
@@ -7510,71 +8738,71 @@
   </p:txStyles>
   <p:extLst>
     <p:ext uri="{27BBF7A9-308A-43DC-89C8-2F10F3537804}">
       <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
         <p15:guide id="1" orient="horz" pos="3240" userDrawn="1">
           <p15:clr>
             <a:srgbClr val="F26B43"/>
           </p15:clr>
         </p15:guide>
         <p15:guide id="2" pos="5760" userDrawn="1">
           <p15:clr>
             <a:srgbClr val="F26B43"/>
           </p15:clr>
         </p15:guide>
       </p15:sldGuideLst>
     </p:ext>
   </p:extLst>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{703EEE9A-89DA-A58F-FDCE-09A189365B92}"/>
@@ -8435,161 +9663,143 @@
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="Рисунок 2">
-[...31 lines deleted...]
-        <p:nvSpPr>
           <p:cNvPr id="4" name="Объект 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{79A837BF-E5CD-2445-34C3-AA377386D887}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="half" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr>
-[...4 lines deleted...]
-        </p:spPr>
+        <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="cs-CZ" sz="4800" b="1" dirty="0"/>
               <a:t>Thank you for your attention!</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="4800" b="1" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="en-US" sz="2800" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="cs-CZ" sz="2800" dirty="0"/>
               <a:t>Name Surname, Email</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="en-US" sz="2800" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Місце для зображення 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{458D5E90-B880-56EC-6E7B-EC494EA32FD6}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="pic" sz="quarter" idx="14"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="uk-UA"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Slide Number Placeholder 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{94CDCB69-2127-2B46-806E-8370B88AD100}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="16"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr>
-[...4 lines deleted...]
-        </p:spPr>
+        <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{9AC4D9EB-A3E8-461F-89E2-77DB9B368024}" type="slidenum">
               <a:rPr lang="uk-UA" smtClean="0"/>
               <a:t>7</a:t>
             </a:fld>
             <a:endParaRPr lang="uk-UA"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1068446169"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 